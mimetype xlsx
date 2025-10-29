--- v0 (2025-10-02)
+++ v1 (2025-10-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1278,50 +1278,53 @@
     <t>des.24</t>
   </si>
   <si>
     <t>jan.25</t>
   </si>
   <si>
     <t>feb.25</t>
   </si>
   <si>
     <t>mar.25</t>
   </si>
   <si>
     <t>apr.25</t>
   </si>
   <si>
     <t>maí.25</t>
   </si>
   <si>
     <t>jún.25</t>
   </si>
   <si>
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
+  </si>
+  <si>
+    <t>sep.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1636,51 +1639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E322"/>
+  <dimension ref="A1:E323"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6673,50 +6676,67 @@
       <c r="C321" s="0" t="s">
         <v>400</v>
       </c>
       <c r="D321" s="0">
         <v>2094.33</v>
       </c>
       <c r="E321" s="0">
         <v>251.257</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" s="0" t="s">
         <v>421</v>
       </c>
       <c r="B322" s="0">
         <v>1667.57</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D322" s="0">
         <v>2096.18</v>
       </c>
       <c r="E322" s="0">
         <v>252.322</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5">
+      <c r="A323" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B323" s="0">
+        <v>1686.46</v>
+      </c>
+      <c r="C323" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D323" s="0">
+        <v>2121.5</v>
+      </c>
+      <c r="E323" s="0">
+        <v>253.365</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">