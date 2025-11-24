--- v1 (2025-10-29)
+++ v2 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1281,50 +1281,53 @@
     <t>jan.25</t>
   </si>
   <si>
     <t>feb.25</t>
   </si>
   <si>
     <t>mar.25</t>
   </si>
   <si>
     <t>apr.25</t>
   </si>
   <si>
     <t>maí.25</t>
   </si>
   <si>
     <t>jún.25</t>
   </si>
   <si>
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
   </si>
   <si>
     <t>sep.25</t>
+  </si>
+  <si>
+    <t>okt.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1639,51 +1642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E323"/>
+  <dimension ref="A1:E324"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6693,50 +6696,67 @@
       <c r="C322" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D322" s="0">
         <v>2096.18</v>
       </c>
       <c r="E322" s="0">
         <v>252.322</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B323" s="0">
         <v>1686.46</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D323" s="0">
         <v>2121.5</v>
       </c>
       <c r="E323" s="0">
         <v>253.365</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5">
+      <c r="A324" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B324" s="0">
+        <v>1727.28</v>
+      </c>
+      <c r="C324" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="D324" s="0">
+        <v>2190.78</v>
+      </c>
+      <c r="E324" s="0">
+        <v>254.338</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">