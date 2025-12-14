--- v2 (2025-11-24)
+++ v3 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1284,50 +1284,56 @@
     <t>feb.25</t>
   </si>
   <si>
     <t>mar.25</t>
   </si>
   <si>
     <t>apr.25</t>
   </si>
   <si>
     <t>maí.25</t>
   </si>
   <si>
     <t>jún.25</t>
   </si>
   <si>
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
   </si>
   <si>
     <t>sep.25</t>
   </si>
   <si>
     <t>okt.25</t>
+  </si>
+  <si>
+    <t>nóv.25</t>
+  </si>
+  <si>
+    <t>5.6%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1642,51 +1648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E324"/>
+  <dimension ref="A1:E325"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6713,50 +6719,67 @@
       <c r="C323" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D323" s="0">
         <v>2121.5</v>
       </c>
       <c r="E323" s="0">
         <v>253.365</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B324" s="0">
         <v>1727.28</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>397</v>
       </c>
       <c r="D324" s="0">
         <v>2190.78</v>
       </c>
       <c r="E324" s="0">
         <v>254.338</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5">
+      <c r="A325" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B325" s="0">
+        <v>1757.68</v>
+      </c>
+      <c r="C325" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="D325" s="0">
+        <v>2217.69</v>
+      </c>
+      <c r="E325" s="0">
+        <v>255.388</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">