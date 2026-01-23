--- v3 (2025-12-14)
+++ v4 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1290,50 +1290,56 @@
     <t>apr.25</t>
   </si>
   <si>
     <t>maí.25</t>
   </si>
   <si>
     <t>jún.25</t>
   </si>
   <si>
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
   </si>
   <si>
     <t>sep.25</t>
   </si>
   <si>
     <t>okt.25</t>
   </si>
   <si>
     <t>nóv.25</t>
   </si>
   <si>
     <t>5.6%</t>
+  </si>
+  <si>
+    <t>des.25</t>
+  </si>
+  <si>
+    <t>5.5%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1648,51 +1654,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E325"/>
+  <dimension ref="A1:E326"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6736,50 +6742,67 @@
       <c r="C324" s="0" t="s">
         <v>397</v>
       </c>
       <c r="D324" s="0">
         <v>2190.78</v>
       </c>
       <c r="E324" s="0">
         <v>254.338</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" s="0" t="s">
         <v>424</v>
       </c>
       <c r="B325" s="0">
         <v>1757.68</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>425</v>
       </c>
       <c r="D325" s="0">
         <v>2217.69</v>
       </c>
       <c r="E325" s="0">
         <v>255.388</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5">
+      <c r="A326" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="B326" s="0">
+        <v>1767.71</v>
+      </c>
+      <c r="C326" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="D326" s="0">
+        <v>2232.59</v>
+      </c>
+      <c r="E326" s="0">
+        <v>256.403</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">