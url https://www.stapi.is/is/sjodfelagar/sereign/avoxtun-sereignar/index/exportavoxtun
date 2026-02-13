--- v4 (2026-01-23)
+++ v5 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1296,50 +1296,53 @@
     <t>jún.25</t>
   </si>
   <si>
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
   </si>
   <si>
     <t>sep.25</t>
   </si>
   <si>
     <t>okt.25</t>
   </si>
   <si>
     <t>nóv.25</t>
   </si>
   <si>
     <t>5.6%</t>
   </si>
   <si>
     <t>des.25</t>
   </si>
   <si>
     <t>5.5%</t>
+  </si>
+  <si>
+    <t>jan.26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1654,51 +1657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E326"/>
+  <dimension ref="A1:E327"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6759,50 +6762,67 @@
       <c r="C325" s="0" t="s">
         <v>425</v>
       </c>
       <c r="D325" s="0">
         <v>2217.69</v>
       </c>
       <c r="E325" s="0">
         <v>255.388</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B326" s="0">
         <v>1767.71</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>427</v>
       </c>
       <c r="D326" s="0">
         <v>2232.59</v>
       </c>
       <c r="E326" s="0">
         <v>256.403</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5">
+      <c r="A327" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B327" s="0">
+        <v>1799.86</v>
+      </c>
+      <c r="C327" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="D327" s="0">
+        <v>2257.17</v>
+      </c>
+      <c r="E327" s="0">
+        <v>257.378</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">