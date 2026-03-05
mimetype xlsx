--- v5 (2026-02-13)
+++ v6 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
   <si>
     <t>Varfærna safnið gengi</t>
   </si>
   <si>
     <t>Ávöxtun sl. 12</t>
   </si>
   <si>
     <t>Áræðna safnið gengi</t>
   </si>
   <si>
     <t>Innlána safnið gengi</t>
   </si>
   <si>
     <t>des.98</t>
   </si>
   <si>
     <t>jan.99</t>
   </si>
   <si>
     <t>feb.99</t>
   </si>
   <si>
     <t>mar.99</t>
   </si>
   <si>
@@ -1299,50 +1299,56 @@
     <t>júl.25</t>
   </si>
   <si>
     <t>ágú.25</t>
   </si>
   <si>
     <t>sep.25</t>
   </si>
   <si>
     <t>okt.25</t>
   </si>
   <si>
     <t>nóv.25</t>
   </si>
   <si>
     <t>5.6%</t>
   </si>
   <si>
     <t>des.25</t>
   </si>
   <si>
     <t>5.5%</t>
   </si>
   <si>
     <t>jan.26</t>
+  </si>
+  <si>
+    <t>feb.26</t>
+  </si>
+  <si>
+    <t>5.3%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1657,51 +1663,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E327"/>
+  <dimension ref="A1:E328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="24.708252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
@@ -6779,50 +6785,67 @@
       <c r="C326" s="0" t="s">
         <v>427</v>
       </c>
       <c r="D326" s="0">
         <v>2232.59</v>
       </c>
       <c r="E326" s="0">
         <v>256.403</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B327" s="0">
         <v>1799.86</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>395</v>
       </c>
       <c r="D327" s="0">
         <v>2257.17</v>
       </c>
       <c r="E327" s="0">
         <v>257.378</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5">
+      <c r="A328" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B328" s="0">
+        <v>1794.83</v>
+      </c>
+      <c r="C328" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D328" s="0">
+        <v>2257.61</v>
+      </c>
+      <c r="E328" s="0">
+        <v>258.444</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">